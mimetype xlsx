--- v0 (2025-11-27)
+++ v1 (2025-11-28)
@@ -26,55 +26,55 @@
       <style:table-column-properties fo:break-before="auto" style:column-width="9.4457in"/>
     </style:style>
     <style:style style:name="co2" style:family="table-column">
       <style:table-column-properties fo:break-before="auto" style:column-width="1.4425in"/>
     </style:style>
     <style:style style:name="co3" style:family="table-column">
       <style:table-column-properties fo:break-before="auto" style:column-width="1.6291in"/>
     </style:style>
     <style:style style:name="co4" style:family="table-column">
       <style:table-column-properties fo:break-before="auto" style:column-width="1.2661in"/>
     </style:style>
     <style:style style:name="co5" style:family="table-column">
       <style:table-column-properties fo:break-before="auto" style:column-width="0.6689in"/>
     </style:style>
     <style:style style:name="ro1" style:family="table-row">
       <style:table-row-properties style:row-height="0.4165in" fo:break-before="auto" style:use-optimal-row-height="false"/>
     </style:style>
     <style:style style:name="ro2" style:family="table-row">
       <style:table-row-properties style:row-height="0.198in" fo:break-before="auto" style:use-optimal-row-height="true"/>
     </style:style>
     <style:style style:name="ta1" style:family="table" style:master-page-name="PageStyle_5f_Overzicht">
       <style:table-properties table:display="true" style:writing-mode="lr-tb"/>
     </style:style>
     <style:style style:name="ce1" style:family="table-cell" style:parent-style-name="Default">
       <style:table-cell-properties style:rotation-align="none"/>
-      <style:text-properties fo:color="#000000" style:text-outline="false" style:text-line-through-style="none" style:text-line-through-type="none" style:font-name="Calibri" fo:font-size="11pt" fo:font-style="normal" fo:text-shadow="none" style:text-underline-style="none" fo:font-weight="bold" style:font-size-asian="11pt" style:font-style-asian="normal" style:font-weight-asian="bold" style:font-name-complex="Calibri" style:font-size-complex="11pt" style:font-style-complex="normal" style:font-weight-complex="bold"/>
+      <style:text-properties fo:color="#000000" style:text-outline="false" style:text-line-through-style="none" style:text-line-through-type="none" style:font-name="Calibri" fo:font-size="11pt" fo:font-style="normal" fo:text-shadow="none" style:text-underline-style="none" fo:font-weight="bold" style:font-size-asian="11pt" style:font-style-asian="normal" style:font-weight-asian="bold" style:font-size-complex="11pt" style:font-style-complex="normal" style:font-weight-complex="bold"/>
     </style:style>
     <style:style style:name="ce2" style:family="table-cell" style:parent-style-name="Default">
       <style:table-cell-properties style:rotation-align="none"/>
-      <style:text-properties fo:color="#0000ff" style:text-outline="false" style:text-line-through-style="none" style:text-line-through-type="none" style:font-name="Calibri" fo:font-size="11pt" fo:font-style="normal" fo:text-shadow="none" style:text-underline-style="solid" style:text-underline-width="auto" style:text-underline-color="font-color" fo:font-weight="normal" style:font-size-asian="11pt" style:font-style-asian="normal" style:font-weight-asian="normal" style:font-name-complex="Calibri" style:font-size-complex="11pt" style:font-style-complex="normal" style:font-weight-complex="normal"/>
+      <style:text-properties fo:color="#0000ff" style:text-outline="false" style:text-line-through-style="none" style:text-line-through-type="none" style:font-name="Calibri" fo:font-size="11pt" fo:font-style="normal" fo:text-shadow="none" style:text-underline-style="solid" style:text-underline-width="auto" style:text-underline-color="font-color" fo:font-weight="normal" style:font-size-asian="11pt" style:font-style-asian="normal" style:font-weight-asian="normal" style:font-size-complex="11pt" style:font-style-complex="normal" style:font-weight-complex="normal"/>
     </style:style>
     <style:style style:name="ce3" style:family="table-cell" style:parent-style-name="Default">
       <style:table-cell-properties style:rotation-align="none"/>
     </style:style>
   </office:automatic-styles>
   <office:body>
     <office:spreadsheet>
       <table:calculation-settings table:case-sensitive="false" table:automatic-find-labels="false" table:use-regular-expressions="false" table:use-wildcards="true">
         <table:iteration table:maximum-difference="0.0001"/>
       </table:calculation-settings>
       <table:table table:name="Overzicht" table:style-name="ta1">
         <office:forms form:automatic-focus="false" form:apply-design-mode="false"/>
         <table:table-column table:style-name="co1" table:default-cell-style-name="ce3"/>
         <table:table-column table:style-name="co2" table:number-columns-repeated="2" table:default-cell-style-name="ce3"/>
         <table:table-column table:style-name="co3" table:default-cell-style-name="ce3"/>
         <table:table-column table:style-name="co4" table:default-cell-style-name="ce3"/>
         <table:table-column table:style-name="co5" table:number-columns-repeated="16379"/>
         <table:table-row table:style-name="ro1">
           <table:table-cell table:style-name="ce1" office:value-type="string" calcext:value-type="string">
             <text:p>Omschrijving</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="ce1" office:value-type="string" calcext:value-type="string">
             <text:p>Publicatiedatum</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="ce1" office:value-type="string" calcext:value-type="string">
@@ -710,52 +710,52 @@
           <table:table-cell office:value-type="string" calcext:value-type="string">
             <text:p>Ingekomen stukken</text:p>
           </table:table-cell>
           <table:table-cell office:value-type="string" calcext:value-type="string">
             <text:p>Openbaar</text:p>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="ro2" table:number-rows-repeated="1048541">
           <table:table-cell table:number-columns-repeated="5"/>
         </table:table-row>
         <table:table-row table:style-name="ro2">
           <table:table-cell table:number-columns-repeated="5"/>
         </table:table-row>
       </table:table>
       <table:named-expressions/>
     </office:spreadsheet>
   </office:body>
 </office:document-content>
 </file>
 
 <file path=meta.xml><?xml version="1.0" encoding="utf-8"?>
 <office:document-meta xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:xlink="http://www.w3.org/1999/xlink" xmlns:ooo="http://openoffice.org/2004/office" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" office:version="1.3">
   <office:meta>
     <meta:initial-creator>Provincie Flevoland</meta:initial-creator>
     <dc:creator>Provincie Flevoland</dc:creator>
-    <meta:creation-date>2025-11-27T15:43:33</meta:creation-date>
-    <dc:date>2025-11-27T15:43:33</dc:date>
+    <meta:creation-date>2025-11-28T22:02:49</meta:creation-date>
+    <dc:date>2025-11-28T22:02:49</dc:date>
     <dc:title>Untitled Spreadsheet</dc:title>
     <meta:generator>LibreOffice/7.6.7.2$Linux_X86_64 LibreOffice_project/60$Build-2</meta:generator>
     <meta:document-statistic meta:table-count="1" meta:cell-count="170" meta:object-count="0"/>
     <meta:user-defined meta:name="AppVersion">12.0000</meta:user-defined>
   </office:meta>
 </office:document-meta>
 </file>
 
 <file path=settings.xml><?xml version="1.0" encoding="utf-8"?>
 <office:document-settings xmlns:config="urn:oasis:names:tc:opendocument:xmlns:config:1.0" xmlns:xlink="http://www.w3.org/1999/xlink" xmlns:ooo="http://openoffice.org/2004/office" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" office:version="1.3">
   <office:settings>
     <config:config-item-set config:name="ooo:view-settings">
       <config:config-item config:name="VisibleAreaTop" config:type="int">0</config:config-item>
       <config:config-item config:name="VisibleAreaLeft" config:type="int">0</config:config-item>
       <config:config-item config:name="VisibleAreaWidth" config:type="int">38673</config:config-item>
       <config:config-item config:name="VisibleAreaHeight" config:type="int">17648</config:config-item>
       <config:config-item-map-indexed config:name="Views">
         <config:config-item-map-entry>
           <config:config-item config:name="ViewId" config:type="string">view1</config:config-item>
           <config:config-item-map-named config:name="Tables">
             <config:config-item-map-entry config:name="Overzicht">
               <config:config-item config:name="CursorPositionX" config:type="int">0</config:config-item>
               <config:config-item config:name="CursorPositionY" config:type="int">0</config:config-item>
               <config:config-item config:name="ActiveSplitRange" config:type="short">2</config:config-item>
               <config:config-item config:name="PositionLeft" config:type="int">0</config:config-item>
@@ -1127,51 +1127,51 @@
       <style:map style:condition="value()&lt;0" style:apply-style-name="N147P1"/>
       <style:map style:condition="value()=0" style:apply-style-name="N147P2"/>
     </number:text-style>
     <number:time-style style:name="N148">
       <number:minutes number:style="long"/>
       <number:text>:</number:text>
       <number:seconds number:style="long"/>
     </number:time-style>
     <number:time-style style:name="N149" number:truncate-on-overflow="false">
       <number:hours/>
       <number:text>:</number:text>
       <number:minutes number:style="long"/>
       <number:text>:</number:text>
       <number:seconds number:style="long"/>
     </number:time-style>
     <number:time-style style:name="N150">
       <number:minutes number:style="long"/>
       <number:text>:</number:text>
       <number:seconds number:style="long" number:decimal-places="1"/>
     </number:time-style>
     <number:number-style style:name="N151">
       <number:scientific-number number:decimal-places="1" number:min-decimal-places="1" number:min-integer-digits="1" number:min-exponent-digits="1" number:exponent-interval="3" number:forced-exponent-sign="true"/>
     </number:number-style>
     <style:style style:name="Default" style:family="table-cell">
       <style:table-cell-properties style:rotation-align="none" style:vertical-align="bottom"/>
-      <style:text-properties fo:color="#000000" style:font-name="Calibri" fo:font-family="Calibri" fo:font-size="11pt" style:font-size-asian="11pt" style:font-name-complex="Calibri" style:font-family-complex="Calibri" style:font-size-complex="11pt"/>
+      <style:text-properties fo:color="#000000" style:font-name="Calibri" fo:font-family="Calibri" fo:font-size="11pt" style:font-size-asian="11pt" style:font-size-complex="11pt"/>
     </style:style>
     <style:style style:name="Heading" style:family="table-cell" style:parent-style-name="Default">
       <style:table-cell-properties fo:wrap-option="no-wrap" style:shrink-to-fit="false"/>
       <style:text-properties fo:color="#000000" fo:font-size="24pt" fo:font-style="normal" fo:font-weight="bold" style:font-size-asian="24pt" style:font-style-asian="normal" style:font-weight-asian="bold" style:font-size-complex="24pt" style:font-style-complex="normal" style:font-weight-complex="bold"/>
     </style:style>
     <style:style style:name="Heading_20_1" style:display-name="Heading 1" style:family="table-cell" style:parent-style-name="Heading">
       <style:table-cell-properties fo:wrap-option="no-wrap" style:shrink-to-fit="false"/>
       <style:text-properties fo:font-size="18pt" style:font-size-asian="18pt" style:font-size-complex="18pt"/>
     </style:style>
     <style:style style:name="Heading_20_2" style:display-name="Heading 2" style:family="table-cell" style:parent-style-name="Heading">
       <style:table-cell-properties fo:wrap-option="no-wrap" style:shrink-to-fit="false"/>
       <style:text-properties fo:font-size="12pt" style:font-size-asian="12pt" style:font-size-complex="12pt"/>
     </style:style>
     <style:style style:name="Text" style:family="table-cell" style:parent-style-name="Default">
       <style:table-cell-properties fo:wrap-option="no-wrap" style:shrink-to-fit="false"/>
     </style:style>
     <style:style style:name="Note" style:family="table-cell" style:parent-style-name="Text">
       <style:table-cell-properties fo:background-color="#ffffcc" style:diagonal-bl-tr="none" style:diagonal-tl-br="none" fo:wrap-option="no-wrap" fo:border="0.74pt solid #808080" style:shrink-to-fit="false"/>
       <style:text-properties fo:color="#333333"/>
     </style:style>
     <style:style style:name="Footnote" style:family="table-cell" style:parent-style-name="Text">
       <style:table-cell-properties fo:wrap-option="no-wrap" style:shrink-to-fit="false"/>
       <style:text-properties fo:color="#808080" fo:font-style="italic" style:font-style-asian="italic" style:font-style-complex="italic"/>
     </style:style>
     <style:style style:name="Hyperlink" style:family="table-cell" style:parent-style-name="Text">
@@ -1267,51 +1267,51 @@
       </style:header>
       <style:header-left style:display="false"/>
       <style:header-first style:display="false"/>
       <style:footer>
         <text:p>
           Page 
           <text:page-number>1</text:page-number>
         </text:p>
       </style:footer>
       <style:footer-left style:display="false"/>
       <style:footer-first style:display="false"/>
     </style:master-page>
     <style:master-page style:name="Report" style:page-layout-name="Mpm2">
       <style:header>
         <style:region-left>
           <text:p>
             <text:sheet-name>???</text:sheet-name>
             <text:s/>
             (
             <text:title>???</text:title>
             )
           </text:p>
         </style:region-left>
         <style:region-right>
           <text:p>
-            <text:date style:data-style-name="N2" text:date-value="2025-11-27">00/00/0000</text:date>
+            <text:date style:data-style-name="N2" text:date-value="2025-11-28">00/00/0000</text:date>
             , 
             <text:time>00:00:00</text:time>
           </text:p>
         </style:region-right>
       </style:header>
       <style:header-left style:display="false"/>
       <style:header-first style:display="false"/>
       <style:footer>
         <text:p>
           Page 
           <text:page-number>1</text:page-number>
           <text:s/>
           / 
           <text:page-count>99</text:page-count>
         </text:p>
       </style:footer>
       <style:footer-left style:display="false"/>
       <style:footer-first style:display="false"/>
     </style:master-page>
     <style:master-page style:name="PageStyle_5f_Overzicht" style:display-name="PageStyle_Overzicht" style:page-layout-name="Mpm3">
       <style:header style:display="false"/>
       <style:header-left style:display="false"/>
       <style:header-first style:display="false"/>
       <style:footer style:display="false"/>
       <style:footer-left style:display="false"/>