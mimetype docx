--- v0 (2025-11-30)
+++ v1 (2025-12-01)
@@ -161,51 +161,51 @@
           </w:tcPr>
           <w:p w14:paraId="2B78B462" w14:textId="653E9AAB" w:rsidR="00ED54C5" w:rsidRDefault="00ED54C5" w:rsidP="001C65E4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2107" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50ACD709" w14:textId="6F01291D" w:rsidR="00ED54C5" w:rsidRDefault="00ED54C5" w:rsidP="001C65E4">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="A0AFB0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>30-11-2025 23:19</w:t>
+              <w:t>01-12-2025 07:17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="20" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11C26065" w14:textId="77777777" w:rsidR="00ED54C5" w:rsidRDefault="00ED54C5" w:rsidP="001C65E4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="52D0F295" w14:textId="77777777" w:rsidR="003C09DE" w:rsidRDefault="003C09DE" w:rsidP="003C09DE">
       <w:pPr>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>